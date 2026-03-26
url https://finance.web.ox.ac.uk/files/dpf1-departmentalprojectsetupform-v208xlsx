--- v1 (2025-12-11)
+++ v2 (2026-03-26)
@@ -21,54 +21,54 @@
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\RA Development\Departmental Projects\New Forms\2025 11 18 - For upload\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\RA Development\Departmental Projects\New Forms\2026 03 10 - For upload\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{229A3C18-6159-4803-B5A9-7D40CE91F7FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C36705B6-EF24-4248-B31D-08481046174A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FRONT PAGE" sheetId="9" r:id="rId1"/>
     <sheet name="DETAILS" sheetId="10" r:id="rId2"/>
     <sheet name="LOOKUPS" sheetId="3" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">DETAILS!$1:$2</definedName>
     <definedName name="rngEndDate">#REF!</definedName>
     <definedName name="rngFunding">'FRONT PAGE'!$AH$3</definedName>
     <definedName name="rngOverheads">#REF!</definedName>
     <definedName name="rngProjectType">'FRONT PAGE'!$F$3</definedName>
     <definedName name="rngStartDate">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
@@ -3052,51 +3052,51 @@
   <c r="S15" i="9" s="1"/>
   <c r="P3" i="10" l="1"/>
   <c r="AC3" i="10" l="1"/>
   <c r="AD3" i="10"/>
   <c r="X3" i="10"/>
   <c r="Q3" i="10"/>
   <c r="R3" i="10"/>
   <c r="AA3" i="10"/>
   <c r="AB3" i="10"/>
   <c r="Y3" i="10"/>
   <c r="V3" i="10"/>
   <c r="W3" i="10"/>
   <c r="U3" i="10"/>
   <c r="T3" i="10"/>
   <c r="S3" i="10"/>
   <c r="E12" i="9" l="1"/>
   <c r="E11" i="9"/>
   <c r="AH6" i="9" l="1"/>
   <c r="AH5" i="9" l="1"/>
   <c r="AH7" i="9" l="1"/>
   <c r="AH3" i="9" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="911" uniqueCount="890">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="910" uniqueCount="889">
   <si>
     <t>Budget Resource</t>
   </si>
   <si>
     <t>Customer Name</t>
   </si>
   <si>
     <t>Donations</t>
   </si>
   <si>
     <t>Internal</t>
   </si>
   <si>
     <t>External</t>
   </si>
   <si>
     <t>FUNDING</t>
   </si>
   <si>
     <t>PROJECT TYPE</t>
   </si>
   <si>
     <t>Budget</t>
   </si>
   <si>
@@ -3118,53 +3118,50 @@
     <t>Construction</t>
   </si>
   <si>
     <t>Consumable Purchases</t>
   </si>
   <si>
     <t>Design Team</t>
   </si>
   <si>
     <t>Direct Contracts</t>
   </si>
   <si>
     <t>Efficiency Saving</t>
   </si>
   <si>
     <t>Equipment Purchases</t>
   </si>
   <si>
     <t>Exceptional Items</t>
   </si>
   <si>
     <t>FEC DAC Access &amp; Facilities</t>
   </si>
   <si>
     <t>FEC DAC Estates</t>
-  </si>
-[...1 lines deleted...]
-    <t>FEC DAC Estates&amp;Inf Technician</t>
   </si>
   <si>
     <t>FEC DAC Inf Technicians</t>
   </si>
   <si>
     <t>FEC DAC Investigators</t>
   </si>
   <si>
     <t>FEC DAC Staff</t>
   </si>
   <si>
     <t>FEC DAC Technicians</t>
   </si>
   <si>
     <t>FEC IC</t>
   </si>
   <si>
     <t>FEC PA</t>
   </si>
   <si>
     <t>Flexible Funding Allowance(WT)</t>
   </si>
   <si>
     <t>Land &amp; Buildings Purchase</t>
   </si>
@@ -5680,53 +5677,50 @@
   <si>
     <t>TO - NEED TAX TEAM APPROVAL</t>
   </si>
   <si>
     <t>TT - NEED TAX TEAM APPROVAL</t>
   </si>
   <si>
     <t>RW - NEED TAX TEAM APPROVAL</t>
   </si>
   <si>
     <t>TX - NEED TAX TEAM APPROVAL</t>
   </si>
   <si>
     <t>XX - NEED TAX TEAM APPROVAL</t>
   </si>
   <si>
     <t>CE</t>
   </si>
   <si>
     <t>Centre for Advanced Social Sciences Methods</t>
   </si>
   <si>
     <t>CE - Centre for Advanced Social Sciences Methods</t>
   </si>
   <si>
-    <t>Version 2.21 -- Updated November 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>A2</t>
   </si>
   <si>
     <t>School of Medicine and Biomedical Sciences</t>
   </si>
   <si>
     <t>NDM Immuno-Oncology</t>
   </si>
   <si>
     <t>Women’s &amp; Reproductive Health</t>
   </si>
   <si>
     <t>Development &amp; Alumni Engagement</t>
   </si>
   <si>
     <t>XJ</t>
   </si>
   <si>
     <t>Astrophoria Foundation Year</t>
   </si>
   <si>
     <t>XK</t>
   </si>
   <si>
     <t>Language Centre OUDCE</t>
@@ -5735,50 +5729,53 @@
     <t>YS</t>
   </si>
   <si>
     <t>Uehiro Institute</t>
   </si>
   <si>
     <t>A2 - School of Medicine and Biomedical Sciences</t>
   </si>
   <si>
     <t>CW - NDM Immuno-Oncology</t>
   </si>
   <si>
     <t>HE - Women’s &amp; Reproductive Health</t>
   </si>
   <si>
     <t>KR - Development &amp; Alumni Engagement</t>
   </si>
   <si>
     <t>XJ - Astrophoria Foundation Year</t>
   </si>
   <si>
     <t>XK - Language Centre OUDCE</t>
   </si>
   <si>
     <t>YS - Uehiro Institute</t>
+  </si>
+  <si>
+    <t>Version 2.22 -- Updated March 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="#,##0.00_);\(#,##0.00\);\-\-_)"/>
     <numFmt numFmtId="165" formatCode="dd\-mmm\-yyyy"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;\(#.##0.00\);\-\-"/>
     <numFmt numFmtId="167" formatCode="#,##0.00;\(#,##0.00\);\-\-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="18"/>
       <name val="Calibri"/>
@@ -6170,189 +6167,350 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...54 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="4" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="4" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="167" fontId="4" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="167" fontId="4" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="53">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFE0DED9"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color rgb="FFA1C4D0"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFA1C4D0"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFA1C4D0"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFA1C4D0"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFE0DED9"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFEBC4CB"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFE0DED9"/>
+      </font>
+    </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <vertAlign val="baseline"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color auto="1"/>
         </top>
         <bottom style="hair">
@@ -7248,211 +7406,50 @@
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <protection locked="0" hidden="0"/>
-    </dxf>
-[...159 lines deleted...]
-      </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFEBC4CB"/>
       <color rgb="FFFFCCCC"/>
       <color rgb="FFFF9999"/>
       <color rgb="FFE0DED9"/>
       <color rgb="FFA1C4D0"/>
       <color rgb="FF002147"/>
       <color rgb="FFF3DE74"/>
       <color rgb="FFDED9D5"/>
       <color rgb="FF000000"/>
       <color rgb="FFDDDDDD"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -8568,95 +8565,95 @@
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-GB" sz="1000"/>
             <a:t>31-Jul-2019</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="tblDetails" displayName="tblDetails" ref="A2:AD200" totalsRowShown="0" headerRowDxfId="32" dataDxfId="31" tableBorderDxfId="30">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="tblDetails" displayName="tblDetails" ref="A2:AD200" totalsRowShown="0" headerRowDxfId="52" dataDxfId="51" tableBorderDxfId="50">
   <autoFilter ref="A2:AD200" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
   <tableColumns count="30">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Dep't Code" dataDxfId="29"/>
-    <tableColumn id="26" xr3:uid="{00000000-0010-0000-0000-00001A000000}" name="Org (field will auto-populate)" dataDxfId="28">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Dep't Code" dataDxfId="49"/>
+    <tableColumn id="26" xr3:uid="{00000000-0010-0000-0000-00001A000000}" name="Org (field will auto-populate)" dataDxfId="48">
       <calculatedColumnFormula>IF(tblDetails[[#This Row],[Dep''t Code]]="","",VLOOKUP(tblDetails[[#This Row],[Dep''t Code]],Table5[],2,0))</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Top Task Number" dataDxfId="27"/>
-[...12 lines deleted...]
-    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="Blank Row Flag" dataDxfId="14">
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Top Task Number" dataDxfId="47"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Top Task Name" dataDxfId="46"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Top Task Manager" dataDxfId="45"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Requisition Approver" dataDxfId="44"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Top Task Start Date" dataDxfId="43"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Top Task End Date" dataDxfId="42"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Sub Task Number" dataDxfId="41"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Sub Task Name" dataDxfId="40"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Sub Task Description" dataDxfId="39"/>
+    <tableColumn id="30" xr3:uid="{00000000-0010-0000-0000-00001E000000}" name="Sub Task Start Date" dataDxfId="38"/>
+    <tableColumn id="29" xr3:uid="{00000000-0010-0000-0000-00001D000000}" name="Sub Task End Date" dataDxfId="37"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Budget Resource" dataDxfId="36"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="Budget" dataDxfId="35"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="Blank Row Flag" dataDxfId="34">
       <calculatedColumnFormula>COUNTA(tblDetails[[#This Row],[Dep''t Code]:[Budget]])=0</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="DeptCode OK" dataDxfId="13">
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="DeptCode OK" dataDxfId="33">
       <calculatedColumnFormula>OR(tblDetails[[#This Row],[Blank Row Flag]],NOT(ISBLANK(tblDetails[[#This Row],[Dep''t Code]])))</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="TopTaskNum OK" dataDxfId="12">
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="TopTaskNum OK" dataDxfId="32">
       <calculatedColumnFormula>OR(tblDetails[[#This Row],[Blank Row Flag]],AND(NOT(ISBLANK(tblDetails[[#This Row],[Top Task Number]])),LEFT(tblDetails[[#This Row],[Top Task Number]],2)=tblDetails[[#This Row],[Dep''t Code]],LEN(tblDetails[[#This Row],[Top Task Number]])=4))</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0000-000010000000}" name="TopTaskName OK" dataDxfId="11"/>
-[...4 lines deleted...]
-    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0000-000015000000}" name="SubTaskNum OK" dataDxfId="6">
+    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0000-000010000000}" name="TopTaskName OK" dataDxfId="31"/>
+    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="TopTaskMan OK" dataDxfId="30"/>
+    <tableColumn id="18" xr3:uid="{00000000-0010-0000-0000-000012000000}" name="ReqApp OK" dataDxfId="29"/>
+    <tableColumn id="19" xr3:uid="{00000000-0010-0000-0000-000013000000}" name="StDate OK" dataDxfId="28"/>
+    <tableColumn id="20" xr3:uid="{00000000-0010-0000-0000-000014000000}" name="EnDate OK" dataDxfId="27"/>
+    <tableColumn id="21" xr3:uid="{00000000-0010-0000-0000-000015000000}" name="SubTaskNum OK" dataDxfId="26">
       <calculatedColumnFormula>OR(tblDetails[[#This Row],[Blank Row Flag]],AND(NOT(ISBLANK(tblDetails[[#This Row],[Sub Task Number]])),LEFT(tblDetails[[#This Row],[Sub Task Number]],4)=tblDetails[[#This Row],[Top Task Number]],LEN(tblDetails[[#This Row],[Sub Task Number]])=7))</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0000-000016000000}" name="SubTaskName OK" dataDxfId="5"/>
-[...3 lines deleted...]
-    <tableColumn id="31" xr3:uid="{00000000-0010-0000-0000-00001F000000}" name="St StEnDate OK" dataDxfId="1">
+    <tableColumn id="22" xr3:uid="{00000000-0010-0000-0000-000016000000}" name="SubTaskName OK" dataDxfId="25"/>
+    <tableColumn id="23" xr3:uid="{00000000-0010-0000-0000-000017000000}" name="SubTaskDesc OK" dataDxfId="24"/>
+    <tableColumn id="24" xr3:uid="{00000000-0010-0000-0000-000018000000}" name="BudRes OK" dataDxfId="23"/>
+    <tableColumn id="25" xr3:uid="{00000000-0010-0000-0000-000019000000}" name="BudChan OK" dataDxfId="22"/>
+    <tableColumn id="31" xr3:uid="{00000000-0010-0000-0000-00001F000000}" name="St StEnDate OK" dataDxfId="21">
       <calculatedColumnFormula>OR(tblDetails[[#This Row],[Blank Row Flag]],NOT(ISBLANK(tblDetails[[#This Row],[Sub Task End Date]])))</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="32" xr3:uid="{00000000-0010-0000-0000-000020000000}" name="St StDateOK" dataDxfId="0"/>
+    <tableColumn id="32" xr3:uid="{00000000-0010-0000-0000-000020000000}" name="St StDateOK" dataDxfId="20"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table10.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{00000000-000C-0000-FFFF-FFFF09000000}" name="tblOutputTaxCodes" displayName="tblOutputTaxCodes" ref="R1:R39" totalsRowShown="0">
   <autoFilter ref="R1:R39" xr:uid="{00000000-0009-0000-0100-00000C000000}"/>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0900-000001000000}" name="Output Tax Codes"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table11.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="13" xr:uid="{00000000-000C-0000-FFFF-FFFF0A000000}" name="tblBudgetaryControls" displayName="tblBudgetaryControls" ref="T1:T3" totalsRowShown="0">
   <autoFilter ref="T1:T3" xr:uid="{00000000-0009-0000-0100-00000D000000}"/>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0A00-000001000000}" name="Budgetary Controls"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
@@ -8691,52 +8688,52 @@
     <sortCondition ref="AA1:AA217"/>
   </sortState>
   <tableColumns count="2">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0D00-000001000000}" name="Dept code"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0D00-000002000000}" name="Org"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="tblProjectTypes" displayName="tblProjectTypes" ref="A1:B11" totalsRowShown="0">
   <autoFilter ref="A1:B11" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:B11">
     <sortCondition ref="A1:A11"/>
   </sortState>
   <tableColumns count="2">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="PROJECT TYPE"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="FUNDING"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{00000000-000C-0000-FFFF-FFFF02000000}" name="tblBudgetResource" displayName="tblBudgetResource" ref="D1:D47" totalsRowShown="0">
-  <autoFilter ref="D1:D47" xr:uid="{00000000-0009-0000-0100-000006000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{00000000-000C-0000-FFFF-FFFF02000000}" name="tblBudgetResource" displayName="tblBudgetResource" ref="D1:D46" totalsRowShown="0">
+  <autoFilter ref="D1:D46" xr:uid="{00000000-0009-0000-0100-000006000000}"/>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0200-000001000000}" name="Budget Resource"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{00000000-000C-0000-FFFF-FFFF03000000}" name="tblTaskOwner" displayName="tblTaskOwner" ref="F1:F3" totalsRowShown="0">
   <autoFilter ref="F1:F3" xr:uid="{00000000-0009-0000-0100-000008000000}"/>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0300-000001000000}" name="Task Owner"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{00000000-000C-0000-FFFF-FFFF04000000}" name="tblTaxRecoveryCodes" displayName="tblTaxRecoveryCodes" ref="H1:H9" totalsRowShown="0">
   <autoFilter ref="H1:H9" xr:uid="{00000000-0009-0000-0100-000007000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="H2:H9">
     <sortCondition ref="H2"/>
   </sortState>
   <tableColumns count="1">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0400-000001000000}" name="Tax Recovery Codes"/>
@@ -9065,776 +9062,776 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AO19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="30" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="5.7109375" style="4" customWidth="1"/>
     <col min="5" max="5" width="5.7109375" style="3" customWidth="1"/>
     <col min="6" max="32" width="5.7109375" style="4" customWidth="1"/>
     <col min="33" max="33" width="5.7109375" style="4" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="9.85546875" style="4" hidden="1" customWidth="1"/>
     <col min="35" max="37" width="5.7109375" style="4" hidden="1" customWidth="1"/>
     <col min="38" max="40" width="6.140625" style="4" hidden="1" customWidth="1"/>
     <col min="41" max="16384" width="5.7109375" style="4" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:41" s="2" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="E1" s="3"/>
     </row>
     <row r="2" spans="1:41" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="15"/>
       <c r="B3" s="14"/>
       <c r="C3" s="14"/>
       <c r="D3" s="14"/>
       <c r="E3" s="16" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F3" s="47"/>
       <c r="G3" s="48"/>
       <c r="H3" s="48"/>
       <c r="I3" s="48"/>
       <c r="J3" s="48"/>
       <c r="K3" s="48"/>
       <c r="L3" s="48"/>
       <c r="M3" s="48"/>
       <c r="N3" s="48"/>
       <c r="O3" s="49"/>
       <c r="P3" s="5"/>
       <c r="Q3" s="15"/>
       <c r="R3" s="14"/>
       <c r="S3" s="14"/>
       <c r="T3" s="14"/>
       <c r="U3" s="16" t="s">
-        <v>129</v>
-[...11 lines deleted...]
-      <c r="AH3" s="62" t="str">
+        <v>128</v>
+      </c>
+      <c r="V3" s="65"/>
+      <c r="W3" s="66"/>
+      <c r="X3" s="66"/>
+      <c r="Y3" s="66"/>
+      <c r="Z3" s="66"/>
+      <c r="AA3" s="66"/>
+      <c r="AB3" s="66"/>
+      <c r="AC3" s="66"/>
+      <c r="AD3" s="66"/>
+      <c r="AE3" s="67"/>
+      <c r="AH3" s="68" t="str">
         <f>IFERROR(INDEX(tblProjectTypes[FUNDING],MATCH(F3,tblProjectTypes[PROJECT TYPE],0)),"-")</f>
         <v>-</v>
       </c>
-      <c r="AI3" s="63"/>
-      <c r="AJ3" s="64"/>
+      <c r="AI3" s="69"/>
+      <c r="AJ3" s="70"/>
     </row>
     <row r="4" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="17"/>
       <c r="E4" s="3" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F4" s="47"/>
       <c r="G4" s="48"/>
       <c r="H4" s="48"/>
       <c r="I4" s="48"/>
       <c r="J4" s="48"/>
       <c r="K4" s="48"/>
       <c r="L4" s="48"/>
       <c r="M4" s="48"/>
       <c r="N4" s="48"/>
       <c r="O4" s="49"/>
       <c r="P4" s="5"/>
       <c r="Q4" s="17"/>
       <c r="U4" s="3" t="s">
-        <v>60</v>
-[...10 lines deleted...]
-      <c r="AE4" s="58"/>
+        <v>59</v>
+      </c>
+      <c r="V4" s="50"/>
+      <c r="W4" s="64"/>
+      <c r="X4" s="64"/>
+      <c r="Y4" s="64"/>
+      <c r="Z4" s="64"/>
+      <c r="AA4" s="64"/>
+      <c r="AB4" s="64"/>
+      <c r="AC4" s="64"/>
+      <c r="AD4" s="64"/>
+      <c r="AE4" s="51"/>
     </row>
     <row r="5" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="17"/>
       <c r="E5" s="3" t="s">
-        <v>131</v>
-[...12 lines deleted...]
-      <c r="O5" s="52"/>
+        <v>130</v>
+      </c>
+      <c r="F5" s="72"/>
+      <c r="G5" s="73"/>
+      <c r="H5" s="73"/>
+      <c r="I5" s="74"/>
+      <c r="J5" s="81" t="s">
+        <v>107</v>
+      </c>
+      <c r="K5" s="82"/>
+      <c r="L5" s="84"/>
+      <c r="M5" s="85"/>
+      <c r="N5" s="85"/>
+      <c r="O5" s="86"/>
       <c r="P5" s="6"/>
       <c r="Q5" s="17"/>
       <c r="U5" s="3" t="s">
-        <v>130</v>
-[...10 lines deleted...]
-      <c r="AE5" s="58"/>
+        <v>129</v>
+      </c>
+      <c r="V5" s="50"/>
+      <c r="W5" s="64"/>
+      <c r="X5" s="64"/>
+      <c r="Y5" s="64"/>
+      <c r="Z5" s="64"/>
+      <c r="AA5" s="64"/>
+      <c r="AB5" s="64"/>
+      <c r="AC5" s="64"/>
+      <c r="AD5" s="64"/>
+      <c r="AE5" s="51"/>
       <c r="AH5" s="7">
         <f>SUM(tblDetails[Budget])</f>
         <v>0</v>
       </c>
       <c r="AI5" s="4" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="6" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="17"/>
       <c r="E6" s="3" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F6" s="47"/>
       <c r="G6" s="48"/>
       <c r="H6" s="48"/>
       <c r="I6" s="48"/>
       <c r="J6" s="48"/>
       <c r="K6" s="48"/>
       <c r="L6" s="48"/>
       <c r="M6" s="48"/>
       <c r="N6" s="48"/>
       <c r="O6" s="49"/>
       <c r="P6" s="5"/>
       <c r="Q6" s="17"/>
       <c r="U6" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="V6" s="56"/>
-[...8 lines deleted...]
-      <c r="AE6" s="58"/>
+      <c r="V6" s="50"/>
+      <c r="W6" s="64"/>
+      <c r="X6" s="64"/>
+      <c r="Y6" s="64"/>
+      <c r="Z6" s="64"/>
+      <c r="AA6" s="64"/>
+      <c r="AB6" s="64"/>
+      <c r="AC6" s="64"/>
+      <c r="AD6" s="64"/>
+      <c r="AE6" s="51"/>
       <c r="AH6" s="7">
         <f>F13</f>
         <v>0</v>
       </c>
       <c r="AI6" s="4" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="7" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="17"/>
       <c r="E7" s="3" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F7" s="47"/>
       <c r="G7" s="48"/>
       <c r="H7" s="48"/>
       <c r="I7" s="48"/>
       <c r="J7" s="48"/>
       <c r="K7" s="48"/>
       <c r="L7" s="48"/>
       <c r="M7" s="48"/>
       <c r="N7" s="48"/>
       <c r="O7" s="49"/>
       <c r="P7" s="5"/>
       <c r="Q7" s="17"/>
       <c r="U7" s="3" t="s">
-        <v>115</v>
-[...10 lines deleted...]
-      <c r="AE7" s="58"/>
+        <v>114</v>
+      </c>
+      <c r="V7" s="50"/>
+      <c r="W7" s="64"/>
+      <c r="X7" s="64"/>
+      <c r="Y7" s="64"/>
+      <c r="Z7" s="64"/>
+      <c r="AA7" s="64"/>
+      <c r="AB7" s="64"/>
+      <c r="AC7" s="64"/>
+      <c r="AD7" s="64"/>
+      <c r="AE7" s="51"/>
       <c r="AH7" s="7">
         <f>ROUND(AH5-AH6,2)</f>
         <v>0</v>
       </c>
       <c r="AI7" s="4" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="8" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="18"/>
       <c r="B8" s="19"/>
       <c r="C8" s="19"/>
       <c r="D8" s="19"/>
       <c r="E8" s="20" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F8" s="47"/>
       <c r="G8" s="48"/>
       <c r="H8" s="48"/>
       <c r="I8" s="48"/>
       <c r="J8" s="48"/>
       <c r="K8" s="48"/>
       <c r="L8" s="48"/>
       <c r="M8" s="48"/>
       <c r="N8" s="48"/>
       <c r="O8" s="49"/>
       <c r="P8" s="5"/>
       <c r="Q8" s="18"/>
       <c r="R8" s="19"/>
       <c r="S8" s="19"/>
       <c r="T8" s="19"/>
       <c r="U8" s="46" t="s">
-        <v>179</v>
-[...10 lines deleted...]
-      <c r="AE8" s="58"/>
+        <v>178</v>
+      </c>
+      <c r="V8" s="64"/>
+      <c r="W8" s="64"/>
+      <c r="X8" s="64"/>
+      <c r="Y8" s="64"/>
+      <c r="Z8" s="64"/>
+      <c r="AA8" s="64"/>
+      <c r="AB8" s="64"/>
+      <c r="AC8" s="64"/>
+      <c r="AD8" s="64"/>
+      <c r="AE8" s="51"/>
       <c r="AH8" s="7"/>
     </row>
     <row r="9" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
       <c r="I9" s="5"/>
       <c r="J9" s="5"/>
       <c r="K9" s="5"/>
       <c r="L9" s="5"/>
       <c r="M9" s="5"/>
       <c r="N9" s="5"/>
       <c r="O9" s="8"/>
       <c r="P9" s="8"/>
       <c r="Q9" s="43"/>
     </row>
     <row r="10" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="15"/>
       <c r="B10" s="14"/>
       <c r="C10" s="14"/>
       <c r="D10" s="14"/>
       <c r="E10" s="16" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F10" s="47" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G10" s="48"/>
       <c r="H10" s="48"/>
       <c r="I10" s="48"/>
       <c r="J10" s="48"/>
       <c r="K10" s="48"/>
       <c r="L10" s="48"/>
       <c r="M10" s="48"/>
       <c r="N10" s="48"/>
       <c r="O10" s="49"/>
       <c r="P10" s="9"/>
       <c r="Q10" s="13" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="R10" s="44"/>
       <c r="S10" s="44"/>
       <c r="T10" s="44"/>
       <c r="U10" s="44"/>
       <c r="V10" s="44"/>
       <c r="W10" s="44"/>
       <c r="X10" s="44"/>
       <c r="Y10" s="44"/>
       <c r="Z10" s="44"/>
       <c r="AA10" s="44"/>
       <c r="AB10" s="44"/>
       <c r="AC10" s="44"/>
       <c r="AD10" s="44"/>
       <c r="AE10" s="45"/>
       <c r="AH10" s="4" t="b">
         <f>NOT(OR(V3=AO10,ISBLANK(V3)))</f>
         <v>0</v>
       </c>
       <c r="AI10" s="4" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AO10" s="4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="11" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="17"/>
       <c r="E11" s="3" t="str">
         <f>"Exchange Rate ("&amp;F10&amp;" to GBP)"</f>
         <v>Exchange Rate (GBP to GBP)</v>
       </c>
-      <c r="F11" s="69">
+      <c r="F11" s="78">
         <v>1</v>
       </c>
-      <c r="G11" s="70"/>
-[...7 lines deleted...]
-      <c r="O11" s="71"/>
+      <c r="G11" s="79"/>
+      <c r="H11" s="79"/>
+      <c r="I11" s="79"/>
+      <c r="J11" s="79"/>
+      <c r="K11" s="79"/>
+      <c r="L11" s="79"/>
+      <c r="M11" s="79"/>
+      <c r="N11" s="79"/>
+      <c r="O11" s="80"/>
       <c r="P11" s="9"/>
-      <c r="Q11" s="81"/>
-[...13 lines deleted...]
-      <c r="AE11" s="83"/>
+      <c r="Q11" s="58"/>
+      <c r="R11" s="59"/>
+      <c r="S11" s="59"/>
+      <c r="T11" s="59"/>
+      <c r="U11" s="59"/>
+      <c r="V11" s="59"/>
+      <c r="W11" s="59"/>
+      <c r="X11" s="59"/>
+      <c r="Y11" s="59"/>
+      <c r="Z11" s="59"/>
+      <c r="AA11" s="59"/>
+      <c r="AB11" s="59"/>
+      <c r="AC11" s="59"/>
+      <c r="AD11" s="59"/>
+      <c r="AE11" s="60"/>
       <c r="AH11" s="4" t="b">
         <f>NOT(OR(V5=AO11,ISBLANK(V5)))</f>
         <v>0</v>
       </c>
       <c r="AI11" s="4" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="AO11" s="4" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="17"/>
       <c r="E12" s="3" t="str">
         <f>F10&amp;" Budget (please enter)"</f>
         <v>GBP Budget (please enter)</v>
       </c>
-      <c r="F12" s="69"/>
-[...8 lines deleted...]
-      <c r="O12" s="71"/>
+      <c r="F12" s="78"/>
+      <c r="G12" s="79"/>
+      <c r="H12" s="79"/>
+      <c r="I12" s="79"/>
+      <c r="J12" s="79"/>
+      <c r="K12" s="79"/>
+      <c r="L12" s="79"/>
+      <c r="M12" s="79"/>
+      <c r="N12" s="79"/>
+      <c r="O12" s="80"/>
       <c r="P12" s="9"/>
-      <c r="Q12" s="84"/>
-[...13 lines deleted...]
-      <c r="AE12" s="86"/>
+      <c r="Q12" s="61"/>
+      <c r="R12" s="62"/>
+      <c r="S12" s="62"/>
+      <c r="T12" s="62"/>
+      <c r="U12" s="62"/>
+      <c r="V12" s="62"/>
+      <c r="W12" s="62"/>
+      <c r="X12" s="62"/>
+      <c r="Y12" s="62"/>
+      <c r="Z12" s="62"/>
+      <c r="AA12" s="62"/>
+      <c r="AB12" s="62"/>
+      <c r="AC12" s="62"/>
+      <c r="AD12" s="62"/>
+      <c r="AE12" s="63"/>
       <c r="AH12" s="4" t="b">
         <f>NOT(OR(ISBLANK(V4),V4=AO12))</f>
         <v>0</v>
       </c>
       <c r="AI12" s="4" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="AO12" s="4" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E13" s="27" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="F13" s="78">
+        <v>133</v>
+      </c>
+      <c r="F13" s="55">
         <f>IF(AND(ISNUMBER(F12),ISNUMBER(F11)),F12/F11,0)</f>
         <v>0</v>
       </c>
-      <c r="G13" s="78"/>
-[...7 lines deleted...]
-      <c r="O13" s="79"/>
+      <c r="G13" s="55"/>
+      <c r="H13" s="55"/>
+      <c r="I13" s="55"/>
+      <c r="J13" s="55"/>
+      <c r="K13" s="55"/>
+      <c r="L13" s="55"/>
+      <c r="M13" s="55"/>
+      <c r="N13" s="55"/>
+      <c r="O13" s="56"/>
       <c r="P13" s="9"/>
       <c r="Q13" s="25"/>
       <c r="R13" s="25"/>
       <c r="S13" s="25"/>
       <c r="T13" s="25"/>
       <c r="U13" s="25"/>
       <c r="V13" s="25"/>
       <c r="W13" s="25"/>
       <c r="X13" s="25"/>
       <c r="Y13" s="25"/>
       <c r="Z13" s="25"/>
       <c r="AA13" s="25"/>
       <c r="AB13" s="25"/>
       <c r="AC13" s="25"/>
       <c r="AD13" s="25"/>
       <c r="AE13" s="25"/>
     </row>
     <row r="14" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="18"/>
       <c r="B14" s="19"/>
       <c r="C14" s="19"/>
       <c r="D14" s="19"/>
       <c r="E14" s="20" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="F14" s="80">
+        <v>170</v>
+      </c>
+      <c r="F14" s="57">
         <f>F13-SUM(DETAILS!O:O)</f>
         <v>0</v>
       </c>
-      <c r="G14" s="78"/>
-[...7 lines deleted...]
-      <c r="O14" s="79"/>
+      <c r="G14" s="55"/>
+      <c r="H14" s="55"/>
+      <c r="I14" s="55"/>
+      <c r="J14" s="55"/>
+      <c r="K14" s="55"/>
+      <c r="L14" s="55"/>
+      <c r="M14" s="55"/>
+      <c r="N14" s="55"/>
+      <c r="O14" s="56"/>
       <c r="P14" s="9"/>
       <c r="Q14" s="9"/>
-      <c r="S14" s="66" t="s">
-[...13 lines deleted...]
-      <c r="AE14" s="68"/>
+      <c r="S14" s="75" t="s">
+        <v>132</v>
+      </c>
+      <c r="T14" s="76"/>
+      <c r="U14" s="76"/>
+      <c r="V14" s="76"/>
+      <c r="W14" s="76"/>
+      <c r="X14" s="76"/>
+      <c r="Y14" s="76"/>
+      <c r="Z14" s="76"/>
+      <c r="AA14" s="76"/>
+      <c r="AB14" s="76"/>
+      <c r="AC14" s="76"/>
+      <c r="AD14" s="76"/>
+      <c r="AE14" s="77"/>
       <c r="AH14" s="4" t="b">
         <f>OR(AH10,AH11)</f>
         <v>0</v>
       </c>
       <c r="AI14" s="4" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="15" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F15" s="66" t="s">
+      <c r="F15" s="75" t="s">
+        <v>109</v>
+      </c>
+      <c r="G15" s="76"/>
+      <c r="H15" s="76"/>
+      <c r="I15" s="76"/>
+      <c r="J15" s="76"/>
+      <c r="K15" s="77"/>
+      <c r="L15" s="75" t="s">
         <v>110</v>
       </c>
-      <c r="G15" s="67"/>
-[...12 lines deleted...]
-      <c r="S15" s="75" t="str">
+      <c r="M15" s="76"/>
+      <c r="N15" s="76"/>
+      <c r="O15" s="76"/>
+      <c r="P15" s="76"/>
+      <c r="Q15" s="77"/>
+      <c r="S15" s="52" t="str">
         <f>INDEX(AM17:AN18,MATCH(AH14,AM16:AN16,0),MATCH(AH15,AL17:AL18,0))</f>
         <v>Has the tax treatment been considered?</v>
       </c>
-      <c r="T15" s="76"/>
-[...12 lines deleted...]
-      <c r="AE15" s="58"/>
+      <c r="T15" s="53"/>
+      <c r="U15" s="53"/>
+      <c r="V15" s="53"/>
+      <c r="W15" s="53"/>
+      <c r="X15" s="53"/>
+      <c r="Y15" s="53"/>
+      <c r="Z15" s="53"/>
+      <c r="AA15" s="53"/>
+      <c r="AB15" s="53"/>
+      <c r="AC15" s="54"/>
+      <c r="AD15" s="50" t="s">
+        <v>86</v>
+      </c>
+      <c r="AE15" s="51"/>
       <c r="AH15" s="4" t="b">
         <f>AH12</f>
         <v>0</v>
       </c>
       <c r="AI15" s="4" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="AM15" s="4" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="16" spans="1:41" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="15"/>
       <c r="B16" s="14"/>
       <c r="C16" s="14"/>
       <c r="D16" s="14"/>
       <c r="E16" s="16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F16" s="47"/>
       <c r="G16" s="48"/>
       <c r="H16" s="48"/>
       <c r="I16" s="48"/>
       <c r="J16" s="48"/>
       <c r="K16" s="49"/>
-      <c r="L16" s="53"/>
-[...4 lines deleted...]
-      <c r="Q16" s="55"/>
+      <c r="L16" s="72"/>
+      <c r="M16" s="73"/>
+      <c r="N16" s="73"/>
+      <c r="O16" s="73"/>
+      <c r="P16" s="73"/>
+      <c r="Q16" s="74"/>
       <c r="R16" s="10"/>
-      <c r="S16" s="75" t="s">
-[...15 lines deleted...]
-      <c r="AE16" s="58"/>
+      <c r="S16" s="52" t="s">
+        <v>125</v>
+      </c>
+      <c r="T16" s="53"/>
+      <c r="U16" s="53"/>
+      <c r="V16" s="53"/>
+      <c r="W16" s="53"/>
+      <c r="X16" s="53"/>
+      <c r="Y16" s="53"/>
+      <c r="Z16" s="53"/>
+      <c r="AA16" s="53"/>
+      <c r="AB16" s="53"/>
+      <c r="AC16" s="54"/>
+      <c r="AD16" s="50" t="s">
+        <v>127</v>
+      </c>
+      <c r="AE16" s="51"/>
       <c r="AM16" s="4" t="b">
         <v>0</v>
       </c>
       <c r="AN16" s="4" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:40" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="18"/>
       <c r="B17" s="19"/>
       <c r="C17" s="19"/>
       <c r="D17" s="19"/>
       <c r="E17" s="20" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="F17" s="47"/>
       <c r="G17" s="48"/>
       <c r="H17" s="48"/>
       <c r="I17" s="48"/>
       <c r="J17" s="48"/>
       <c r="K17" s="49"/>
-      <c r="L17" s="53"/>
-[...4 lines deleted...]
-      <c r="Q17" s="55"/>
+      <c r="L17" s="72"/>
+      <c r="M17" s="73"/>
+      <c r="N17" s="73"/>
+      <c r="O17" s="73"/>
+      <c r="P17" s="73"/>
+      <c r="Q17" s="74"/>
       <c r="R17" s="10"/>
-      <c r="S17" s="75" t="s">
+      <c r="S17" s="52" t="s">
+        <v>126</v>
+      </c>
+      <c r="T17" s="53"/>
+      <c r="U17" s="53"/>
+      <c r="V17" s="53"/>
+      <c r="W17" s="53"/>
+      <c r="X17" s="53"/>
+      <c r="Y17" s="53"/>
+      <c r="Z17" s="53"/>
+      <c r="AA17" s="53"/>
+      <c r="AB17" s="53"/>
+      <c r="AC17" s="54"/>
+      <c r="AD17" s="50" t="s">
         <v>127</v>
       </c>
-      <c r="T17" s="76"/>
-[...12 lines deleted...]
-      <c r="AE17" s="58"/>
+      <c r="AE17" s="51"/>
       <c r="AK17" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="AL17" s="4" t="b">
+        <v>0</v>
+      </c>
+      <c r="AM17" s="4" t="s">
         <v>160</v>
       </c>
-      <c r="AL17" s="4" t="b">
-[...4 lines deleted...]
-      </c>
       <c r="AN17" s="4" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="18" spans="1:40" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="14"/>
       <c r="B18" s="14"/>
       <c r="C18" s="14"/>
       <c r="D18" s="14"/>
       <c r="E18" s="16"/>
-      <c r="F18" s="74"/>
-[...10 lines deleted...]
-      <c r="Q18" s="65"/>
+      <c r="F18" s="83"/>
+      <c r="G18" s="83"/>
+      <c r="H18" s="83"/>
+      <c r="I18" s="83"/>
+      <c r="J18" s="83"/>
+      <c r="K18" s="83"/>
+      <c r="L18" s="71"/>
+      <c r="M18" s="71"/>
+      <c r="N18" s="71"/>
+      <c r="O18" s="71"/>
+      <c r="P18" s="71"/>
+      <c r="Q18" s="71"/>
       <c r="R18" s="10"/>
       <c r="AL18" s="4" t="b">
         <v>1</v>
       </c>
       <c r="AM18" s="4" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="AN18" s="4" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="19" spans="1:40" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="11" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="D19" s="12"/>
       <c r="AF19" s="12" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="36">
-    <mergeCell ref="F17:K17"/>
-[...11 lines deleted...]
-    <mergeCell ref="V8:AE8"/>
+    <mergeCell ref="F7:O7"/>
+    <mergeCell ref="F6:O6"/>
+    <mergeCell ref="L5:O5"/>
+    <mergeCell ref="F5:I5"/>
+    <mergeCell ref="V7:AE7"/>
+    <mergeCell ref="V6:AE6"/>
+    <mergeCell ref="V5:AE5"/>
     <mergeCell ref="V4:AE4"/>
     <mergeCell ref="V3:AE3"/>
     <mergeCell ref="AH3:AJ3"/>
     <mergeCell ref="L18:Q18"/>
     <mergeCell ref="L17:Q17"/>
     <mergeCell ref="L16:Q16"/>
     <mergeCell ref="F3:O3"/>
     <mergeCell ref="S14:AE14"/>
     <mergeCell ref="F15:K15"/>
     <mergeCell ref="L15:Q15"/>
     <mergeCell ref="F4:O4"/>
     <mergeCell ref="F12:O12"/>
     <mergeCell ref="F11:O11"/>
     <mergeCell ref="F10:O10"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="F18:K18"/>
-    <mergeCell ref="F7:O7"/>
-[...5 lines deleted...]
-    <mergeCell ref="V5:AE5"/>
+    <mergeCell ref="F17:K17"/>
+    <mergeCell ref="F16:K16"/>
+    <mergeCell ref="F8:O8"/>
+    <mergeCell ref="AD17:AE17"/>
+    <mergeCell ref="AD16:AE16"/>
+    <mergeCell ref="AD15:AE15"/>
+    <mergeCell ref="S17:AC17"/>
+    <mergeCell ref="S16:AC16"/>
+    <mergeCell ref="S15:AC15"/>
+    <mergeCell ref="F13:O13"/>
+    <mergeCell ref="F14:O14"/>
+    <mergeCell ref="Q11:AE12"/>
+    <mergeCell ref="V8:AE8"/>
   </mergeCells>
   <conditionalFormatting sqref="F5">
-    <cfRule type="expression" dxfId="52" priority="26">
+    <cfRule type="expression" dxfId="19" priority="26">
       <formula>F5="Start Date"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F13:O14">
-    <cfRule type="expression" dxfId="51" priority="3">
+    <cfRule type="expression" dxfId="18" priority="3">
       <formula>AH7&lt;&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F14:O14">
-    <cfRule type="cellIs" dxfId="50" priority="2" operator="notEqual">
+    <cfRule type="cellIs" dxfId="17" priority="2" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P5">
-    <cfRule type="expression" dxfId="49" priority="25">
+    <cfRule type="expression" dxfId="16" priority="25">
       <formula>P5="End Date"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P10">
-    <cfRule type="expression" dxfId="48" priority="33">
+    <cfRule type="expression" dxfId="15" priority="33">
       <formula>AI9&lt;&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P11:P13">
-    <cfRule type="expression" dxfId="47" priority="35">
+    <cfRule type="expression" dxfId="14" priority="35">
       <formula>#REF!&lt;&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S16:AC16">
-    <cfRule type="expression" dxfId="46" priority="30">
+    <cfRule type="expression" dxfId="13" priority="30">
       <formula>#REF!="GBP"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S17:AC17">
-    <cfRule type="expression" dxfId="45" priority="9">
+    <cfRule type="expression" dxfId="12" priority="9">
       <formula>F3&lt;&gt;"Capital"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V5:AE8">
-    <cfRule type="expression" dxfId="44" priority="1">
+    <cfRule type="expression" dxfId="11" priority="1">
       <formula>$AH$3="Internal"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="9">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F3" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>INDIRECT("tblProjectTypes[PROJECT TYPE]")</formula1>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F11:O12" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>-999999999999</formula1>
       <formula2>999999999999</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F10:O10" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>INDIRECT("tblCurrencyCodes[Currency Codes]")</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="V3:AE3" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>INDIRECT("tblTaxRecoveryCodes[Tax Recovery Codes]")</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="V4:AE4" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>INDIRECT("tblTaxActivityPurpose[Tax Activity Purpose]")</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="V5:AE5" xr:uid="{00000000-0002-0000-0000-000005000000}">
       <formula1>INDIRECT("tblOutputTaxCodes[Output Tax Codes]")</formula1>
     </dataValidation>
     <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L16:Q18 F5:I5 L5:O5" xr:uid="{00000000-0002-0000-0000-000006000000}">
       <formula1>36526</formula1>
@@ -9874,156 +9871,156 @@
     <sheetView workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="F3" sqref="F3:O3"/>
       <selection pane="bottomLeft" activeCell="N3" sqref="N3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="34" customWidth="1"/>
     <col min="2" max="2" width="27.5703125" style="24" customWidth="1"/>
     <col min="3" max="3" width="10.7109375" style="34" customWidth="1"/>
     <col min="4" max="6" width="25.7109375" style="34" customWidth="1"/>
     <col min="7" max="8" width="12.7109375" style="34" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" style="34" customWidth="1"/>
     <col min="10" max="10" width="19" style="34" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="24" style="34" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="14.5703125" style="34" customWidth="1"/>
     <col min="13" max="13" width="13.42578125" style="34" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="21.42578125" style="24" customWidth="1"/>
     <col min="15" max="15" width="14.140625" style="24" customWidth="1"/>
     <col min="16" max="16384" width="9.140625" style="24" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" s="21" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="36" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="28"/>
       <c r="F1" s="28"/>
       <c r="G1" s="29"/>
       <c r="H1" s="29"/>
       <c r="I1" s="28"/>
       <c r="J1" s="28"/>
       <c r="K1" s="28"/>
       <c r="L1" s="28"/>
       <c r="M1" s="37"/>
       <c r="V1" s="22"/>
     </row>
     <row r="2" spans="1:30" s="30" customFormat="1" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="30" t="s">
+        <v>115</v>
+      </c>
+      <c r="B2" s="30" t="s">
+        <v>171</v>
+      </c>
+      <c r="C2" s="30" t="s">
         <v>116</v>
       </c>
-      <c r="B2" s="30" t="s">
+      <c r="D2" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="E2" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="F2" s="30" t="s">
+        <v>119</v>
+      </c>
+      <c r="G2" s="31" t="s">
+        <v>174</v>
+      </c>
+      <c r="H2" s="31" t="s">
+        <v>175</v>
+      </c>
+      <c r="I2" s="30" t="s">
+        <v>102</v>
+      </c>
+      <c r="J2" s="30" t="s">
+        <v>120</v>
+      </c>
+      <c r="K2" s="30" t="s">
+        <v>121</v>
+      </c>
+      <c r="L2" s="30" t="s">
         <v>172</v>
       </c>
-      <c r="C2" s="30" t="s">
-[...26 lines deleted...]
-      <c r="L2" s="30" t="s">
+      <c r="M2" s="30" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="N2" s="30" t="s">
         <v>0</v>
       </c>
       <c r="O2" s="39" t="s">
         <v>7</v>
       </c>
       <c r="P2" s="39" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q2" s="30" t="s">
         <v>135</v>
       </c>
-      <c r="Q2" s="30" t="s">
+      <c r="R2" s="30" t="s">
         <v>136</v>
       </c>
-      <c r="R2" s="30" t="s">
+      <c r="S2" s="30" t="s">
         <v>137</v>
       </c>
-      <c r="S2" s="30" t="s">
+      <c r="T2" s="30" t="s">
         <v>138</v>
       </c>
-      <c r="T2" s="30" t="s">
+      <c r="U2" s="30" t="s">
         <v>139</v>
       </c>
-      <c r="U2" s="30" t="s">
+      <c r="V2" s="30" t="s">
         <v>140</v>
       </c>
-      <c r="V2" s="30" t="s">
+      <c r="W2" s="30" t="s">
         <v>141</v>
       </c>
-      <c r="W2" s="30" t="s">
+      <c r="X2" s="30" t="s">
         <v>142</v>
       </c>
-      <c r="X2" s="30" t="s">
+      <c r="Y2" s="30" t="s">
         <v>143</v>
       </c>
-      <c r="Y2" s="30" t="s">
+      <c r="Z2" s="30" t="s">
         <v>144</v>
       </c>
-      <c r="Z2" s="30" t="s">
+      <c r="AA2" s="30" t="s">
         <v>145</v>
       </c>
-      <c r="AA2" s="30" t="s">
+      <c r="AB2" s="30" t="s">
         <v>146</v>
       </c>
-      <c r="AB2" s="30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC2" s="30" t="s">
+        <v>176</v>
+      </c>
+      <c r="AD2" s="30" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="3" spans="1:30" x14ac:dyDescent="0.25">
       <c r="A3" s="32"/>
       <c r="B3" s="23" t="str">
         <f>IF(tblDetails[[#This Row],[Dep''t Code]]="","",VLOOKUP(tblDetails[[#This Row],[Dep''t Code]],Table5[],2,0))</f>
         <v/>
       </c>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="33"/>
       <c r="H3" s="33"/>
       <c r="I3" s="32"/>
       <c r="J3" s="32"/>
       <c r="K3" s="32"/>
       <c r="L3" s="33"/>
       <c r="M3" s="33"/>
       <c r="N3" s="32"/>
       <c r="O3" s="42"/>
       <c r="P3" s="40" t="b">
         <f>COUNTA(tblDetails[[#This Row],[Dep''t Code]:[Budget]])=0</f>
         <v>0</v>
       </c>
@@ -25628,101 +25625,101 @@
       </c>
       <c r="Z200" s="23" t="b">
         <v>1</v>
       </c>
       <c r="AA200" s="23" t="b">
         <f>OR(tblDetails[[#This Row],[Blank Row Flag]],NOT(ISBLANK(tblDetails[[#This Row],[Budget Resource]])))</f>
         <v>0</v>
       </c>
       <c r="AB200" s="23" t="b">
         <f>OR(tblDetails[[#This Row],[Blank Row Flag]],NOT(ISBLANK(tblDetails[[#This Row],[Budget]])))</f>
         <v>0</v>
       </c>
       <c r="AC200" s="38" t="b">
         <f>OR(tblDetails[[#This Row],[Blank Row Flag]],NOT(ISBLANK(tblDetails[[#This Row],[Sub Task End Date]])))</f>
         <v>0</v>
       </c>
       <c r="AD200" s="38" t="b">
         <f>OR(tblDetails[[#This Row],[Blank Row Flag]],NOT(ISBLANK(tblDetails[[#This Row],[Sub Task Start Date]])))</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
   <dataConsolidate/>
   <conditionalFormatting sqref="A3:A200">
-    <cfRule type="expression" dxfId="43" priority="3">
+    <cfRule type="expression" dxfId="10" priority="3">
       <formula>NOT(Q3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C3:C200">
-    <cfRule type="expression" dxfId="42" priority="2">
+    <cfRule type="expression" dxfId="9" priority="2">
       <formula>NOT(R3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D3:D200">
-    <cfRule type="expression" dxfId="41" priority="1">
+    <cfRule type="expression" dxfId="8" priority="1">
       <formula>NOT(S3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G3:G200">
-    <cfRule type="expression" dxfId="40" priority="5">
+    <cfRule type="expression" dxfId="7" priority="5">
       <formula>NOT(V3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H3:H200">
-    <cfRule type="expression" dxfId="39" priority="4">
+    <cfRule type="expression" dxfId="6" priority="4">
       <formula>NOT(W3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I3:I200">
-    <cfRule type="expression" dxfId="38" priority="7">
+    <cfRule type="expression" dxfId="5" priority="7">
       <formula>NOT(X3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J3:J200">
-    <cfRule type="expression" dxfId="37" priority="6">
+    <cfRule type="expression" dxfId="4" priority="6">
       <formula>NOT(Y3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L3:L200">
-    <cfRule type="expression" dxfId="36" priority="11">
+    <cfRule type="expression" dxfId="3" priority="11">
       <formula>NOT(AD3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M3:M200">
-    <cfRule type="expression" dxfId="35" priority="10">
+    <cfRule type="expression" dxfId="2" priority="10">
       <formula>NOT(AC3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N3:N200">
-    <cfRule type="expression" dxfId="34" priority="9">
+    <cfRule type="expression" dxfId="1" priority="9">
       <formula>NOT(AA3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O3:O200">
-    <cfRule type="expression" dxfId="33" priority="8">
+    <cfRule type="expression" dxfId="0" priority="8">
       <formula>NOT(AB3)</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="10">
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="O3:O200" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>-999999999999</formula1>
       <formula2>999999999999</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G3:G200 H4:H200" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>18629</formula1>
       <formula2>401768</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N3:N200" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>INDIRECT("tblBudgetResource[Budget Resource]")</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Too long" error="No more than 20 characters" sqref="D3:D200 J166:J200 J3" xr:uid="{00000000-0002-0000-0100-000003000000}">
       <formula1>20</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Too long" error="No more than 250 characters" sqref="K3:K200" xr:uid="{00000000-0002-0000-0100-000004000000}">
       <formula1>250</formula1>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Too long" error="No more than 250 characters" sqref="L5:L200 M4:M200" xr:uid="{00000000-0002-0000-0100-000005000000}">
       <formula1>G172</formula1>
       <formula2>H172</formula2>
     </dataValidation>
@@ -25780,2973 +25777,2970 @@
     <col min="9" max="9" width="32.140625" customWidth="1"/>
     <col min="10" max="10" width="21" customWidth="1"/>
     <col min="12" max="12" width="16.85546875" customWidth="1"/>
     <col min="14" max="14" width="10.7109375" customWidth="1"/>
     <col min="16" max="16" width="14.28515625" customWidth="1"/>
     <col min="18" max="19" width="18.7109375" customWidth="1"/>
     <col min="20" max="20" width="20" customWidth="1"/>
     <col min="22" max="22" width="19.28515625" customWidth="1"/>
     <col min="23" max="23" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="10.7109375" customWidth="1"/>
     <col min="29" max="29" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>6</v>
       </c>
       <c r="B1" t="s">
         <v>5</v>
       </c>
       <c r="D1" t="s">
         <v>0</v>
       </c>
       <c r="F1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="H1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="J1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="L1" t="s">
+        <v>84</v>
+      </c>
+      <c r="N1" t="s">
         <v>85</v>
       </c>
-      <c r="N1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="R1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="T1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="V1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="W1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="Y1" t="s">
+        <v>166</v>
+      </c>
+      <c r="AA1" t="s">
+        <v>168</v>
+      </c>
+      <c r="AB1" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="2" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="F2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H2" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="J2" t="s">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="L2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="N2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="P2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="R2" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="T2" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="V2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="W2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="Y2" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="AA2" t="s">
+        <v>782</v>
+      </c>
+      <c r="AB2" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="3" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>4</v>
       </c>
       <c r="H3" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="J3" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="L3" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="N3" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="P3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="R3" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="T3" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="V3" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="W3" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="Y3" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="AA3" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="AB3" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
     </row>
     <row r="4" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B4" t="s">
         <v>3</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="H4" t="s">
-        <v>819</v>
+        <v>818</v>
       </c>
       <c r="J4" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="L4" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="N4" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="R4" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="V4" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="W4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="Y4" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="AA4" t="s">
+        <v>772</v>
+      </c>
+      <c r="AB4" t="s">
         <v>773</v>
-      </c>
-[...1 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="5" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>2</v>
       </c>
       <c r="B5" t="s">
         <v>4</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="H5" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="J5" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="L5" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="R5" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="Y5" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="AA5" t="s">
+        <v>801</v>
+      </c>
+      <c r="AB5" t="s">
         <v>802</v>
-      </c>
-[...1 lines deleted...]
-        <v>803</v>
       </c>
     </row>
     <row r="6" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="B6" t="s">
         <v>3</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="H6" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="J6" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
       <c r="L6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="R6" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="Y6" t="s">
+        <v>809</v>
+      </c>
+      <c r="AA6" t="s">
         <v>810</v>
       </c>
-      <c r="AA6" t="s">
+      <c r="AB6" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
     </row>
     <row r="7" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B7" t="s">
         <v>4</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="H7" t="s">
-        <v>822</v>
+        <v>821</v>
       </c>
       <c r="J7" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="L7" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="R7" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="Y7" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="AA7" t="s">
+        <v>419</v>
+      </c>
+      <c r="AB7" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="8" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>815</v>
+        <v>814</v>
       </c>
       <c r="B8" t="s">
         <v>3</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="J8" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
       <c r="L8" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="R8" t="s">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="Y8" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="AA8" t="s">
+        <v>387</v>
+      </c>
+      <c r="AB8" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="9" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B9" t="s">
         <v>3</v>
       </c>
       <c r="D9" t="s">
         <v>15</v>
       </c>
       <c r="H9" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="J9" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L9" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="R9" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="Y9" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="AA9" t="s">
+        <v>389</v>
+      </c>
+      <c r="AB9" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="10" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B10" t="s">
         <v>3</v>
       </c>
       <c r="D10" t="s">
         <v>16</v>
       </c>
       <c r="L10" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="R10" t="s">
-        <v>839</v>
+        <v>838</v>
       </c>
       <c r="Y10" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="AA10" t="s">
+        <v>391</v>
+      </c>
+      <c r="AB10" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="11" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B11" t="s">
         <v>4</v>
       </c>
       <c r="D11" t="s">
         <v>17</v>
       </c>
       <c r="L11" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="R11" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="Y11" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="AA11" t="s">
+        <v>393</v>
+      </c>
+      <c r="AB11" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="12" spans="1:28" x14ac:dyDescent="0.25">
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="L12" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="R12" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="Y12" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="AA12" t="s">
+        <v>766</v>
+      </c>
+      <c r="AB12" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="13" spans="1:28" x14ac:dyDescent="0.25">
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="L13" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R13" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="Y13" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="AA13" t="s">
+        <v>395</v>
+      </c>
+      <c r="AB13" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="14" spans="1:28" x14ac:dyDescent="0.25">
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="L14" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="R14" t="s">
-        <v>843</v>
+        <v>842</v>
       </c>
       <c r="Y14" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="AA14" t="s">
+        <v>397</v>
+      </c>
+      <c r="AB14" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="15" spans="1:28" x14ac:dyDescent="0.25">
       <c r="D15" t="s">
         <v>21</v>
       </c>
       <c r="L15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="R15" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="Y15" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="AA15" t="s">
+        <v>399</v>
+      </c>
+      <c r="AB15" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="16" spans="1:28" x14ac:dyDescent="0.25">
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="L16" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="R16" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="Y16" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="AA16" t="s">
+        <v>401</v>
+      </c>
+      <c r="AB16" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="17" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="L17" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="R17" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="Y17" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AA17" t="s">
+        <v>403</v>
+      </c>
+      <c r="AB17" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="18" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="R18" t="s">
-        <v>846</v>
+        <v>845</v>
       </c>
       <c r="Y18" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="AA18" t="s">
+        <v>405</v>
+      </c>
+      <c r="AB18" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="19" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D19" t="s">
         <v>25</v>
       </c>
       <c r="L19" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="R19" t="s">
-        <v>847</v>
+        <v>846</v>
       </c>
       <c r="Y19" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="AA19" t="s">
+        <v>762</v>
+      </c>
+      <c r="AB19" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="20" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="L20" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="R20" t="s">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="Y20" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="AA20" t="s">
+        <v>407</v>
+      </c>
+      <c r="AB20" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="21" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D21" t="s">
         <v>27</v>
       </c>
       <c r="L21" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="R21" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="Y21" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="AA21" t="s">
+        <v>409</v>
+      </c>
+      <c r="AB21" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="22" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D22" t="s">
         <v>28</v>
       </c>
       <c r="L22" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R22" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="Y22" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="AA22" t="s">
+        <v>411</v>
+      </c>
+      <c r="AB22" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="23" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D23" t="s">
         <v>29</v>
       </c>
       <c r="L23" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R23" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="Y23" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="AA23" t="s">
+        <v>413</v>
+      </c>
+      <c r="AB23" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="24" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D24" t="s">
         <v>30</v>
       </c>
       <c r="L24" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="R24" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="Y24" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="AA24" t="s">
+        <v>435</v>
+      </c>
+      <c r="AB24" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="25" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D25" t="s">
         <v>31</v>
       </c>
       <c r="L25" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="R25" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="Y25" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="AA25" t="s">
+        <v>437</v>
+      </c>
+      <c r="AB25" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="26" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D26" t="s">
         <v>32</v>
       </c>
       <c r="R26" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
       <c r="Y26" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AA26" t="s">
+        <v>439</v>
+      </c>
+      <c r="AB26" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="27" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D27" t="s">
         <v>33</v>
       </c>
       <c r="R27" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="Y27" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="AA27" t="s">
+        <v>441</v>
+      </c>
+      <c r="AB27" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="28" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D28" t="s">
         <v>34</v>
       </c>
       <c r="R28" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="Y28" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="AA28" t="s">
+        <v>443</v>
+      </c>
+      <c r="AB28" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="29" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D29" t="s">
         <v>35</v>
       </c>
       <c r="R29" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="Y29" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="AA29" t="s">
+        <v>445</v>
+      </c>
+      <c r="AB29" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="30" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D30" t="s">
         <v>36</v>
       </c>
       <c r="R30" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="Y30" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="AA30" t="s">
+        <v>447</v>
+      </c>
+      <c r="AB30" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="31" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D31" t="s">
         <v>37</v>
       </c>
       <c r="R31" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="Y31" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="AA31" t="s">
+        <v>449</v>
+      </c>
+      <c r="AB31" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="32" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D32" t="s">
         <v>38</v>
       </c>
       <c r="R32" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="Y32" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="AA32" t="s">
+        <v>451</v>
+      </c>
+      <c r="AB32" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="33" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D33" t="s">
         <v>39</v>
       </c>
       <c r="R33" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="Y33" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="AA33" t="s">
+        <v>453</v>
+      </c>
+      <c r="AB33" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="34" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D34" t="s">
         <v>40</v>
       </c>
       <c r="R34" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="Y34" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="AA34" t="s">
+        <v>455</v>
+      </c>
+      <c r="AB34" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="35" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D35" t="s">
         <v>41</v>
       </c>
       <c r="R35" t="s">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="Y35" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AA35" t="s">
+        <v>457</v>
+      </c>
+      <c r="AB35" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="36" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D36" t="s">
         <v>42</v>
       </c>
       <c r="R36" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
       <c r="Y36" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="AA36" t="s">
+        <v>459</v>
+      </c>
+      <c r="AB36" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="37" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="R37" t="s">
-        <v>865</v>
+        <v>864</v>
       </c>
       <c r="Y37" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="AA37" t="s">
+        <v>461</v>
+      </c>
+      <c r="AB37" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="38" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D38" t="s">
         <v>44</v>
       </c>
       <c r="R38" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="Y38" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="AA38" t="s">
+        <v>463</v>
+      </c>
+      <c r="AB38" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="39" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D39" t="s">
         <v>45</v>
       </c>
       <c r="R39" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="Y39" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="AA39" t="s">
+        <v>465</v>
+      </c>
+      <c r="AB39" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="40" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D40" t="s">
         <v>46</v>
       </c>
       <c r="Y40" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="AA40" t="s">
+        <v>467</v>
+      </c>
+      <c r="AB40" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="41" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D41" t="s">
         <v>47</v>
       </c>
       <c r="Y41" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="AA41" t="s">
+        <v>469</v>
+      </c>
+      <c r="AB41" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="42" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D42" t="s">
         <v>48</v>
       </c>
       <c r="Y42" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="AA42" t="s">
+        <v>471</v>
+      </c>
+      <c r="AB42" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="43" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D43" t="s">
         <v>49</v>
       </c>
       <c r="Y43" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="AA43" t="s">
+        <v>776</v>
+      </c>
+      <c r="AB43" t="s">
         <v>777</v>
-      </c>
-[...1 lines deleted...]
-        <v>778</v>
       </c>
     </row>
     <row r="44" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D44" t="s">
         <v>50</v>
       </c>
       <c r="Y44" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="AA44" t="s">
+        <v>473</v>
+      </c>
+      <c r="AB44" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="45" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D45" t="s">
         <v>51</v>
       </c>
       <c r="Y45" t="s">
+        <v>805</v>
+      </c>
+      <c r="AA45" t="s">
         <v>806</v>
       </c>
-      <c r="AA45" t="s">
+      <c r="AB45" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="46" spans="4:28" x14ac:dyDescent="0.25">
       <c r="D46" t="s">
         <v>52</v>
       </c>
       <c r="Y46" t="s">
+        <v>223</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>475</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="47" spans="4:28" x14ac:dyDescent="0.25">
+      <c r="Y47" t="s">
         <v>224</v>
       </c>
-      <c r="AA46" t="s">
-[...2 lines deleted...]
-      <c r="AB46" t="s">
+      <c r="AA47" t="s">
         <v>477</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="AA47" t="s">
+      <c r="AB47" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="48" spans="4:28" x14ac:dyDescent="0.25">
       <c r="Y48" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="AA48" t="s">
+        <v>867</v>
+      </c>
+      <c r="AB48" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="49" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y49" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="AA49" t="s">
+        <v>479</v>
+      </c>
+      <c r="AB49" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="50" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y50" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="AA50" t="s">
+        <v>481</v>
+      </c>
+      <c r="AB50" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="51" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y51" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="AA51" t="s">
+        <v>421</v>
+      </c>
+      <c r="AB51" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="52" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y52" t="s">
+        <v>812</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>483</v>
+      </c>
+      <c r="AB52" t="s">
         <v>813</v>
-      </c>
-[...4 lines deleted...]
-        <v>814</v>
       </c>
     </row>
     <row r="53" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y53" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="AA53" t="s">
+        <v>798</v>
+      </c>
+      <c r="AB53" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="54" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y54" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="AA54" t="s">
+        <v>803</v>
+      </c>
+      <c r="AB54" t="s">
         <v>804</v>
-      </c>
-[...1 lines deleted...]
-        <v>805</v>
       </c>
     </row>
     <row r="55" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y55" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="AA55" t="s">
+        <v>484</v>
+      </c>
+      <c r="AB55" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="56" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y56" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="AA56" t="s">
+        <v>423</v>
+      </c>
+      <c r="AB56" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="57" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y57" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="AA57" t="s">
+        <v>425</v>
+      </c>
+      <c r="AB57" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="58" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y58" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="AA58" t="s">
+        <v>486</v>
+      </c>
+      <c r="AB58" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
     </row>
     <row r="59" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y59" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="AA59" t="s">
+        <v>488</v>
+      </c>
+      <c r="AB59" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="60" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y60" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="AA60" t="s">
+        <v>490</v>
+      </c>
+      <c r="AB60" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="61" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y61" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="AA61" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="AB61" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
     </row>
     <row r="62" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y62" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="AA62" t="s">
+        <v>492</v>
+      </c>
+      <c r="AB62" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="63" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y63" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="AA63" t="s">
+        <v>494</v>
+      </c>
+      <c r="AB63" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="64" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y64" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="AA64" t="s">
+        <v>496</v>
+      </c>
+      <c r="AB64" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
     </row>
     <row r="65" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y65" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="AA65" t="s">
+        <v>498</v>
+      </c>
+      <c r="AB65" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="66" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y66" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="AA66" t="s">
+        <v>756</v>
+      </c>
+      <c r="AB66" t="s">
         <v>757</v>
-      </c>
-[...1 lines deleted...]
-        <v>758</v>
       </c>
     </row>
     <row r="67" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y67" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="AA67" t="s">
+        <v>500</v>
+      </c>
+      <c r="AB67" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="68" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y68" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="AA68" t="s">
+        <v>502</v>
+      </c>
+      <c r="AB68" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="69" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y69" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="AA69" t="s">
+        <v>504</v>
+      </c>
+      <c r="AB69" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="70" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y70" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="AA70" t="s">
+        <v>506</v>
+      </c>
+      <c r="AB70" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="71" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y71" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="AA71" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AB71" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
     </row>
     <row r="72" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y72" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="AA72" t="s">
+        <v>509</v>
+      </c>
+      <c r="AB72" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="73" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y73" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="AA73" t="s">
+        <v>511</v>
+      </c>
+      <c r="AB73" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="74" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y74" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AA74" t="s">
+        <v>513</v>
+      </c>
+      <c r="AB74" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="75" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y75" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="AA75" t="s">
+        <v>515</v>
+      </c>
+      <c r="AB75" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="76" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y76" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="AA76" t="s">
+        <v>517</v>
+      </c>
+      <c r="AB76" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="77" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y77" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="AA77" t="s">
+        <v>519</v>
+      </c>
+      <c r="AB77" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="78" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y78" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="AA78" t="s">
+        <v>521</v>
+      </c>
+      <c r="AB78" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="79" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y79" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="AA79" t="s">
+        <v>523</v>
+      </c>
+      <c r="AB79" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="80" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y80" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="AA80" t="s">
+        <v>525</v>
+      </c>
+      <c r="AB80" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="81" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y81" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="AA81" t="s">
+        <v>527</v>
+      </c>
+      <c r="AB81" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="82" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y82" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="AA82" t="s">
+        <v>529</v>
+      </c>
+      <c r="AB82" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="83" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y83" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="AA83" t="s">
+        <v>531</v>
+      </c>
+      <c r="AB83" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="84" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y84" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="AA84" t="s">
+        <v>533</v>
+      </c>
+      <c r="AB84" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="85" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y85" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="AA85" t="s">
+        <v>535</v>
+      </c>
+      <c r="AB85" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="86" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y86" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="AA86" t="s">
+        <v>537</v>
+      </c>
+      <c r="AB86" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="87" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y87" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="AA87" t="s">
+        <v>417</v>
+      </c>
+      <c r="AB87" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="88" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y88" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="AA88" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="AB88" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="89" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y89" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="AA89" t="s">
+        <v>770</v>
+      </c>
+      <c r="AB89" t="s">
         <v>771</v>
-      </c>
-[...1 lines deleted...]
-        <v>772</v>
       </c>
     </row>
     <row r="90" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y90" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="AA90" t="s">
+        <v>778</v>
+      </c>
+      <c r="AB90" t="s">
         <v>779</v>
-      </c>
-[...1 lines deleted...]
-        <v>780</v>
       </c>
     </row>
     <row r="91" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y91" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="AA91" t="s">
+        <v>540</v>
+      </c>
+      <c r="AB91" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="92" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y92" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="AA92" t="s">
+        <v>542</v>
+      </c>
+      <c r="AB92" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="93" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y93" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="AA93" t="s">
+        <v>544</v>
+      </c>
+      <c r="AB93" t="s">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="94" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y94" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="AA94" t="s">
+        <v>546</v>
+      </c>
+      <c r="AB94" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="95" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y95" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="AA95" t="s">
+        <v>548</v>
+      </c>
+      <c r="AB95" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="96" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y96" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="AA96" t="s">
+        <v>552</v>
+      </c>
+      <c r="AB96" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="97" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y97" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="AA97" t="s">
+        <v>560</v>
+      </c>
+      <c r="AB97" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="98" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y98" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="AA98" t="s">
+        <v>427</v>
+      </c>
+      <c r="AB98" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="99" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y99" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="AA99" t="s">
+        <v>562</v>
+      </c>
+      <c r="AB99" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="100" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y100" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="AA100" t="s">
+        <v>564</v>
+      </c>
+      <c r="AB100" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="101" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y101" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="AA101" t="s">
+        <v>566</v>
+      </c>
+      <c r="AB101" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="102" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y102" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="AA102" t="s">
+        <v>734</v>
+      </c>
+      <c r="AB102" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="103" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y103" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="AA103" t="s">
+        <v>744</v>
+      </c>
+      <c r="AB103" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="104" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y104" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="AA104" t="s">
+        <v>752</v>
+      </c>
+      <c r="AB104" t="s">
         <v>753</v>
-      </c>
-[...1 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="105" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y105" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="AA105" t="s">
+        <v>568</v>
+      </c>
+      <c r="AB105" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="106" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y106" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="AA106" t="s">
+        <v>736</v>
+      </c>
+      <c r="AB106" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
     </row>
     <row r="107" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y107" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="AA107" t="s">
+        <v>738</v>
+      </c>
+      <c r="AB107" t="s">
         <v>739</v>
-      </c>
-[...1 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="108" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y108" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="AA108" t="s">
+        <v>570</v>
+      </c>
+      <c r="AB108" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="109" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y109" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="AA109" t="s">
+        <v>572</v>
+      </c>
+      <c r="AB109" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="110" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y110" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="AA110" t="s">
+        <v>740</v>
+      </c>
+      <c r="AB110" t="s">
         <v>741</v>
-      </c>
-[...1 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="111" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y111" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="AA111" t="s">
+        <v>742</v>
+      </c>
+      <c r="AB111" t="s">
         <v>743</v>
-      </c>
-[...1 lines deleted...]
-        <v>744</v>
       </c>
     </row>
     <row r="112" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y112" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="AA112" t="s">
+        <v>574</v>
+      </c>
+      <c r="AB112" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="113" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y113" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="AA113" t="s">
+        <v>576</v>
+      </c>
+      <c r="AB113" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="114" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y114" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="AA114" t="s">
+        <v>578</v>
+      </c>
+      <c r="AB114" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="115" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y115" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="AA115" t="s">
+        <v>582</v>
+      </c>
+      <c r="AB115" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="116" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y116" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="AA116" t="s">
+        <v>584</v>
+      </c>
+      <c r="AB116" t="s">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="117" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y117" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="AA117" t="s">
+        <v>586</v>
+      </c>
+      <c r="AB117" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="118" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y118" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="AA118" t="s">
+        <v>588</v>
+      </c>
+      <c r="AB118" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="119" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y119" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AA119" t="s">
+        <v>590</v>
+      </c>
+      <c r="AB119" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
     </row>
     <row r="120" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y120" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="AA120" t="s">
+        <v>592</v>
+      </c>
+      <c r="AB120" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="121" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y121" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="AA121" t="s">
+        <v>594</v>
+      </c>
+      <c r="AB121" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="122" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y122" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="AA122" t="s">
+        <v>596</v>
+      </c>
+      <c r="AB122" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="123" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y123" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="AA123" t="s">
+        <v>788</v>
+      </c>
+      <c r="AB123" t="s">
         <v>789</v>
-      </c>
-[...1 lines deleted...]
-        <v>790</v>
       </c>
     </row>
     <row r="124" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y124" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="AA124" t="s">
+        <v>598</v>
+      </c>
+      <c r="AB124" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="125" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y125" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="AA125" t="s">
+        <v>600</v>
+      </c>
+      <c r="AB125" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="126" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y126" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="AA126" t="s">
+        <v>602</v>
+      </c>
+      <c r="AB126" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
     </row>
     <row r="127" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y127" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="AA127" t="s">
+        <v>604</v>
+      </c>
+      <c r="AB127" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
     </row>
     <row r="128" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y128" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="AA128" t="s">
+        <v>606</v>
+      </c>
+      <c r="AB128" t="s">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="129" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y129" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="AA129" t="s">
+        <v>608</v>
+      </c>
+      <c r="AB129" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="130" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y130" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="AA130" t="s">
+        <v>610</v>
+      </c>
+      <c r="AB130" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="131" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y131" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="AA131" t="s">
+        <v>612</v>
+      </c>
+      <c r="AB131" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="132" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y132" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="AA132" t="s">
+        <v>614</v>
+      </c>
+      <c r="AB132" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="133" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y133" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="AA133" t="s">
+        <v>616</v>
+      </c>
+      <c r="AB133" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="134" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y134" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="AA134" t="s">
+        <v>618</v>
+      </c>
+      <c r="AB134" t="s">
         <v>619</v>
-      </c>
-[...1 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="135" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y135" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="AA135" t="s">
+        <v>620</v>
+      </c>
+      <c r="AB135" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="136" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y136" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="AA136" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="AB136" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
     </row>
     <row r="137" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y137" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="AA137" t="s">
+        <v>623</v>
+      </c>
+      <c r="AB137" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="138" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y138" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="AA138" t="s">
+        <v>625</v>
+      </c>
+      <c r="AB138" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="139" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y139" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="AA139" t="s">
+        <v>627</v>
+      </c>
+      <c r="AB139" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
     </row>
     <row r="140" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y140" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="AA140" t="s">
+        <v>629</v>
+      </c>
+      <c r="AB140" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="141" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y141" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="AA141" t="s">
+        <v>631</v>
+      </c>
+      <c r="AB141" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
     </row>
     <row r="142" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y142" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="AA142" t="s">
+        <v>633</v>
+      </c>
+      <c r="AB142" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="143" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y143" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="AA143" t="s">
+        <v>635</v>
+      </c>
+      <c r="AB143" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="144" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y144" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="AA144" t="s">
+        <v>637</v>
+      </c>
+      <c r="AB144" t="s">
         <v>638</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
     </row>
     <row r="145" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y145" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="AA145" t="s">
+        <v>639</v>
+      </c>
+      <c r="AB145" t="s">
         <v>640</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="146" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y146" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="AA146" t="s">
+        <v>641</v>
+      </c>
+      <c r="AB146" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="147" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y147" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="AA147" t="s">
+        <v>657</v>
+      </c>
+      <c r="AB147" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="148" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y148" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="AA148" t="s">
+        <v>661</v>
+      </c>
+      <c r="AB148" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="149" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y149" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="AA149" t="s">
+        <v>653</v>
+      </c>
+      <c r="AB149" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="150" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y150" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="AA150" t="s">
+        <v>764</v>
+      </c>
+      <c r="AB150" t="s">
         <v>765</v>
-      </c>
-[...1 lines deleted...]
-        <v>766</v>
       </c>
     </row>
     <row r="151" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y151" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="AA151" t="s">
+        <v>774</v>
+      </c>
+      <c r="AB151" t="s">
         <v>775</v>
-      </c>
-[...1 lines deleted...]
-        <v>776</v>
       </c>
     </row>
     <row r="152" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y152" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="AA152" t="s">
+        <v>643</v>
+      </c>
+      <c r="AB152" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="153" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y153" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="AA153" t="s">
+        <v>645</v>
+      </c>
+      <c r="AB153" t="s">
         <v>646</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="154" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y154" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="AA154" t="s">
+        <v>647</v>
+      </c>
+      <c r="AB154" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="155" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y155" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="AA155" t="s">
+        <v>649</v>
+      </c>
+      <c r="AB155" t="s">
         <v>650</v>
-      </c>
-[...1 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="156" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y156" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="AA156" t="s">
+        <v>726</v>
+      </c>
+      <c r="AB156" t="s">
         <v>727</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
     </row>
     <row r="157" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y157" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="AA157" t="s">
+        <v>415</v>
+      </c>
+      <c r="AB157" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="158" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y158" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="AA158" t="s">
+        <v>780</v>
+      </c>
+      <c r="AB158" t="s">
         <v>781</v>
-      </c>
-[...1 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="159" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y159" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="AA159" t="s">
+        <v>665</v>
+      </c>
+      <c r="AB159" t="s">
         <v>666</v>
-      </c>
-[...1 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="160" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y160" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="AA160" t="s">
+        <v>655</v>
+      </c>
+      <c r="AB160" t="s">
         <v>656</v>
-      </c>
-[...1 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="161" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y161" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="AA161" t="s">
+        <v>651</v>
+      </c>
+      <c r="AB161" t="s">
         <v>652</v>
-      </c>
-[...1 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="162" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y162" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="AA162" t="s">
+        <v>667</v>
+      </c>
+      <c r="AB162" t="s">
         <v>668</v>
-      </c>
-[...1 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="163" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y163" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="AA163" t="s">
+        <v>669</v>
+      </c>
+      <c r="AB163" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="164" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y164" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="AA164" t="s">
+        <v>671</v>
+      </c>
+      <c r="AB164" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="165" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y165" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="AA165" t="s">
+        <v>673</v>
+      </c>
+      <c r="AB165" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="166" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y166" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="AA166" t="s">
+        <v>663</v>
+      </c>
+      <c r="AB166" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="167" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y167" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="AA167" t="s">
+        <v>675</v>
+      </c>
+      <c r="AB167" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="168" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y168" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="AA168" t="s">
+        <v>677</v>
+      </c>
+      <c r="AB168" t="s">
         <v>678</v>
-      </c>
-[...1 lines deleted...]
-        <v>679</v>
       </c>
     </row>
     <row r="169" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y169" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="AA169" t="s">
+        <v>679</v>
+      </c>
+      <c r="AB169" t="s">
         <v>680</v>
-      </c>
-[...1 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="170" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y170" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="AA170" t="s">
+        <v>681</v>
+      </c>
+      <c r="AB170" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="171" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y171" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="AA171" t="s">
+        <v>794</v>
+      </c>
+      <c r="AB171" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
     </row>
     <row r="172" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y172" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="AA172" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="AB172" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
     </row>
     <row r="173" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y173" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="AA173" t="s">
+        <v>784</v>
+      </c>
+      <c r="AB173" t="s">
         <v>785</v>
-      </c>
-[...1 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="174" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y174" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="AA174" t="s">
+        <v>431</v>
+      </c>
+      <c r="AB174" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="175" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y175" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="AA175" t="s">
+        <v>792</v>
+      </c>
+      <c r="AB175" t="s">
         <v>793</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="176" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y176" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="AA176" t="s">
+        <v>768</v>
+      </c>
+      <c r="AB176" t="s">
         <v>769</v>
-      </c>
-[...1 lines deleted...]
-        <v>770</v>
       </c>
     </row>
     <row r="177" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y177" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="AA177" t="s">
+        <v>790</v>
+      </c>
+      <c r="AB177" t="s">
         <v>791</v>
-      </c>
-[...1 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="178" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y178" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="AA178" t="s">
+        <v>684</v>
+      </c>
+      <c r="AB178" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="179" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y179" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="AA179" t="s">
+        <v>686</v>
+      </c>
+      <c r="AB179" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="180" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y180" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="AA180" t="s">
+        <v>688</v>
+      </c>
+      <c r="AB180" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
     </row>
     <row r="181" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y181" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="AA181" t="s">
+        <v>690</v>
+      </c>
+      <c r="AB181" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="182" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y182" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="AA182" t="s">
+        <v>692</v>
+      </c>
+      <c r="AB182" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
     </row>
     <row r="183" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y183" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="AA183" t="s">
+        <v>694</v>
+      </c>
+      <c r="AB183" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="184" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y184" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="AA184" t="s">
+        <v>696</v>
+      </c>
+      <c r="AB184" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="185" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y185" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="AA185" t="s">
+        <v>698</v>
+      </c>
+      <c r="AB185" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="186" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y186" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="AA186" t="s">
+        <v>786</v>
+      </c>
+      <c r="AB186" t="s">
         <v>787</v>
-      </c>
-[...1 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="187" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y187" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="AA187" t="s">
+        <v>796</v>
+      </c>
+      <c r="AB187" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="188" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y188" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="AA188" t="s">
+        <v>659</v>
+      </c>
+      <c r="AB188" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="189" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y189" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="AA189" t="s">
+        <v>750</v>
+      </c>
+      <c r="AB189" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="190" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y190" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="AA190" t="s">
+        <v>433</v>
+      </c>
+      <c r="AB190" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="191" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y191" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="AA191" t="s">
+        <v>700</v>
+      </c>
+      <c r="AB191" t="s">
         <v>701</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="192" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y192" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="AA192" t="s">
+        <v>748</v>
+      </c>
+      <c r="AB192" t="s">
         <v>749</v>
-      </c>
-[...1 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="193" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y193" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="AA193" t="s">
+        <v>702</v>
+      </c>
+      <c r="AB193" t="s">
         <v>703</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
     </row>
     <row r="194" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y194" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="AA194" t="s">
+        <v>704</v>
+      </c>
+      <c r="AB194" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
     </row>
     <row r="195" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y195" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="AA195" t="s">
+        <v>760</v>
+      </c>
+      <c r="AB195" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="196" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y196" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="AA196" t="s">
+        <v>706</v>
+      </c>
+      <c r="AB196" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
     </row>
     <row r="197" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y197" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="AA197" t="s">
+        <v>708</v>
+      </c>
+      <c r="AB197" t="s">
         <v>709</v>
-      </c>
-[...1 lines deleted...]
-        <v>710</v>
       </c>
     </row>
     <row r="198" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y198" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="AA198" t="s">
+        <v>710</v>
+      </c>
+      <c r="AB198" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="199" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y199" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="AA199" t="s">
+        <v>746</v>
+      </c>
+      <c r="AB199" t="s">
         <v>747</v>
-      </c>
-[...1 lines deleted...]
-        <v>748</v>
       </c>
     </row>
     <row r="200" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y200" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="AA200" t="s">
+        <v>754</v>
+      </c>
+      <c r="AB200" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="201" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y201" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="AA201" t="s">
+        <v>712</v>
+      </c>
+      <c r="AB201" t="s">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>714</v>
       </c>
     </row>
     <row r="202" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y202" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="AA202" t="s">
+        <v>714</v>
+      </c>
+      <c r="AB202" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="203" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y203" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="AA203" t="s">
+        <v>716</v>
+      </c>
+      <c r="AB203" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
     </row>
     <row r="204" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y204" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="AA204" t="s">
+        <v>718</v>
+      </c>
+      <c r="AB204" t="s">
         <v>719</v>
-      </c>
-[...1 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="205" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y205" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="AA205" t="s">
+        <v>720</v>
+      </c>
+      <c r="AB205" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>722</v>
       </c>
     </row>
     <row r="206" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y206" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="AA206" t="s">
+        <v>722</v>
+      </c>
+      <c r="AB206" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="207" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y207" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="AA207" t="s">
+        <v>429</v>
+      </c>
+      <c r="AB207" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="208" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y208" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="AA208" t="s">
+        <v>724</v>
+      </c>
+      <c r="AB208" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="209" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y209" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="AA209" t="s">
+        <v>728</v>
+      </c>
+      <c r="AB209" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="210" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y210" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="AA210" t="s">
+        <v>556</v>
+      </c>
+      <c r="AB210" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="211" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y211" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="AA211" t="s">
+        <v>554</v>
+      </c>
+      <c r="AB211" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
     </row>
     <row r="212" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y212" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="AA212" t="s">
+        <v>558</v>
+      </c>
+      <c r="AB212" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="213" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y213" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="AA213" t="s">
+        <v>580</v>
+      </c>
+      <c r="AB213" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="214" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y214" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="AA214" t="s">
+        <v>550</v>
+      </c>
+      <c r="AB214" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="215" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y215" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="AA215" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
       <c r="AB215" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
     </row>
     <row r="216" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y216" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="AA216" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="AB216" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
     </row>
     <row r="217" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y217" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="AA217" t="s">
+        <v>730</v>
+      </c>
+      <c r="AB217" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="218" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y218" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="AA218" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="AB218" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
     </row>
     <row r="219" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y219" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="AA219" t="s">
+        <v>758</v>
+      </c>
+      <c r="AB219" t="s">
         <v>759</v>
-      </c>
-[...1 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="220" spans="25:28" x14ac:dyDescent="0.25">
       <c r="Y220" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="AA220" t="s">
+        <v>732</v>
+      </c>
+      <c r="AB220" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="13">
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
     <tablePart r:id="rId6"/>
     <tablePart r:id="rId7"/>
     <tablePart r:id="rId8"/>
     <tablePart r:id="rId9"/>
     <tablePart r:id="rId10"/>
     <tablePart r:id="rId11"/>
     <tablePart r:id="rId12"/>
     <tablePart r:id="rId13"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>